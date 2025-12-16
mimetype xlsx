--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8975284dd33d4cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5bb889a4d24659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb5fbba462f04a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf839443987a34ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77913c3cec0f4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb5fbba462f04a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63caae7ed48f4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf839443987a34ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,845</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>