--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e95cd7b37d34519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9a89ed79ee4a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81de19c605d743b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a5fed87996b44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2619f67060c44da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81de19c605d743b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bcdaeecbcd74316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a5fed87996b44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>112,405</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,215</x:t>
-[...544 lines deleted...]
-          <x:t>115,674</x:t>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>