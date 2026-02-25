--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9a89ed79ee4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6652dd4976df4fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a5fed87996b44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1ca98af57e4c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bcdaeecbcd74316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a5fed87996b44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147b9a43d1484351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1ca98af57e4c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>