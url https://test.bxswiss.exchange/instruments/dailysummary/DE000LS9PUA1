--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b7ba48735c64681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75f5b85df284501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a9f65b44694ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a8622322ad4441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red18a052fd9840cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a9f65b44694ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d1086f0626439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a8622322ad4441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>104,988</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>