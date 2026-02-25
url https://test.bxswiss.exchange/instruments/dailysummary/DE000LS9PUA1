--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75f5b85df284501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0289fd0f75a34d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a8622322ad4441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1d8b2f11124ada"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d1086f0626439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a8622322ad4441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424ba2d173644aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1d8b2f11124ada" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>