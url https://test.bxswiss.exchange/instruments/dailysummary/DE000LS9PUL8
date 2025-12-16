--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02768113769e466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735d287c165642a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a26922c628f4742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcddd57aa57844768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff60a2f7b134266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a26922c628f4742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329018e184774b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcddd57aa57844768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>330,213</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>