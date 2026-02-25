--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735d287c165642a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc123dabb7dfa46e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcddd57aa57844768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8fca0a4ae3c42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329018e184774b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcddd57aa57844768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f1cb0219554deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8fca0a4ae3c42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>