--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f011e13a22e4178" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1389cdc4ee3b40cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb198ac13330849f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624e5fe366374e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a43f7fae9454532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb198ac13330849f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R381523a323f24e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624e5fe366374e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,188</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>