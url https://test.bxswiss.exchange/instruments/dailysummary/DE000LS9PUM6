--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1389cdc4ee3b40cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c0abdb4f404caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624e5fe366374e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2978f667779a4c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R381523a323f24e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624e5fe366374e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043f7a07f997415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2978f667779a4c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>162,680</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,481</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>160,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,517</x:t>
         </x:is>
       </x:c>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>