--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92b707f3f134f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cfe3afb36a4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0554be4018084215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5e487004144ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ae9230d5144113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0554be4018084215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a922a0085e4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5e487004144ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>145,632</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,591</x:t>
-[...485 lines deleted...]
-          <x:t>152,781</x:t>
+          <x:t>146,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>