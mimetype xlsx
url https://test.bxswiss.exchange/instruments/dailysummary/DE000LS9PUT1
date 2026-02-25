--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cfe3afb36a4374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39d74bbacaa4486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5e487004144ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a365e7e35f04279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a922a0085e4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5e487004144ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87938253062f4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a365e7e35f04279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>