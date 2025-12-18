--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3791ae86226e4e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc24360f898ba4955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc48c10b547472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804c71dbdba343c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cdfff6e489a441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc48c10b547472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8a8fcd3e3e431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804c71dbdba343c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>386,870</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>