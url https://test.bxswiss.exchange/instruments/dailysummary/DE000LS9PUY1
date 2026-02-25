--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc24360f898ba4955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71d63c9200245d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804c71dbdba343c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8999da9b2f4c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8a8fcd3e3e431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804c71dbdba343c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb588ee57af394c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8999da9b2f4c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>