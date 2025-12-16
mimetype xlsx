--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577ca4667a6b4d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b72f59a5a44ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9093671b3674dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c8b2f2f32e4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb1673dedcf462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9093671b3674dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb218ac86187544dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c8b2f2f32e4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aerospace and Defense Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>251,856</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>