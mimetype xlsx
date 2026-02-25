--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b72f59a5a44ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ca1afe8f1848c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c8b2f2f32e4fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9181358edc64a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb218ac86187544dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c8b2f2f32e4fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91e656e5436474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9181358edc64a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aerospace and Defense Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>