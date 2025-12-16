--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ddc12d2ea3436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf05361be3e4068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7a49f910ff4de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R314a0936e1f340a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R927a405cc7254504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7a49f910ff4de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722699c202464714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R314a0936e1f340a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Werte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>5,399</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,473</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,543</x:t>
-[...36 lines deleted...]
-          <x:t>5,594</x:t>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>