--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf05361be3e4068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3409dc07c44454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R314a0936e1f340a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf710abf36d5f495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722699c202464714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R314a0936e1f340a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3f1304ae564510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf710abf36d5f495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Werte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,576</x:t>
-[...16 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,613</x:t>
-[...21 lines deleted...]
-          <x:t>5,636</x:t>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,643</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>5,704</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>5,558</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>