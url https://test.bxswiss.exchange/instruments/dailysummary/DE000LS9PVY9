--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f3b664d8e74a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a18e12feb814389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06c4f39a7a64bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a3463b0cf4b40f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed7b8a6be79442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06c4f39a7a64bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7240d379586e42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a3463b0cf4b40f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>718,633</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>