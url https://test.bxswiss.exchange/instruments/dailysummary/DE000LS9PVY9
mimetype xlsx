--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a18e12feb814389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1668c4c4682a43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a3463b0cf4b40f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0fbf0af2714c75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7240d379586e42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a3463b0cf4b40f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc853b710c8cd40e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0fbf0af2714c75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>762,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>767,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>752,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>763,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>