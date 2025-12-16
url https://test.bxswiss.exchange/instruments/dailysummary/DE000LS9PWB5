--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13833eb35cf411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f463af0c0ca4636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ce3a5f1869400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re868470f5e9e4776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb164a7d5ad44f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ce3a5f1869400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcffc88324424378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re868470f5e9e4776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Story Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>324,220</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>