--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f463af0c0ca4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6453c3202740c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re868470f5e9e4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7f7af426e34d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcffc88324424378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re868470f5e9e4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3295af8931044017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7f7af426e34d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Story Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>306,970</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>302,632</x:t>
-[...26 lines deleted...]
-          <x:t>301,233</x:t>
+          <x:t>300,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>