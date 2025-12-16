--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723e0b0757314806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb392b537a024625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6fb617303904e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e06974c143f4726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b64dda9876497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6fb617303904e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb253003040a94d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e06974c143f4726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>217,147</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,871</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>220,772</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>