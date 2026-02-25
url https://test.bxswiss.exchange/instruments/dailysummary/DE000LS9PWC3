--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb392b537a024625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cd66efff0f496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e06974c143f4726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3eb9ccc1a5f43f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb253003040a94d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e06974c143f4726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bcba3bba6f4200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3eb9ccc1a5f43f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>