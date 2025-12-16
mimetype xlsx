--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df4b4af919746ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe759c31ff094894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4b2b34cc924d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ebbc19b786941f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f49a8eefbcf4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4b2b34cc924d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c6af8fdbd649a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ebbc19b786941f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,770</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>