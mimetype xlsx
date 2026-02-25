--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe759c31ff094894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dea92b8bc084855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ebbc19b786941f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f22fe63ade34d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c6af8fdbd649a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ebbc19b786941f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c5b5c3a8f34295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f22fe63ade34d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>