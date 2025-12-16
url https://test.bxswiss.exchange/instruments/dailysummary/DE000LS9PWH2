--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3184c60d20407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3090a359dec54c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf676c5cc232e4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bfc9b3815ed41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R778d9ad782b5456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf676c5cc232e4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7f31806615484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bfc9b3815ed41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,039</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>