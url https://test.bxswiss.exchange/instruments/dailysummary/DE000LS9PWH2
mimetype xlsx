--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3090a359dec54c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052dde06a10f4745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bfc9b3815ed41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1bb9f2759c49a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7f31806615484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bfc9b3815ed41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d5c3d3518241e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1bb9f2759c49a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>163,523</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,198</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>163,947</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>