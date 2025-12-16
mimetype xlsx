--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707201a11a4b4c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe554aecad743ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9b1b326c7c4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf653e920ff2d4b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf97011b16243da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9b1b326c7c4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04250c9cb35d4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf653e920ff2d4b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,244</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>