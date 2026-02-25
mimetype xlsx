--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe554aecad743ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147a185d6c844660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf653e920ff2d4b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd908015ffb274927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04250c9cb35d4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf653e920ff2d4b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1a85aa218e4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd908015ffb274927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>