--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45fc267182a7424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08dc814d62ff40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca2c43fd3f1495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b35cc8f38f4ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625ab1ff63f64bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca2c43fd3f1495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra579faceabee40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b35cc8f38f4ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>109,494</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>108,859</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>