--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08dc814d62ff40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8096429d2f54343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b35cc8f38f4ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b902cf4048544ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra579faceabee40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b35cc8f38f4ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be44d98efb94629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b902cf4048544ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>