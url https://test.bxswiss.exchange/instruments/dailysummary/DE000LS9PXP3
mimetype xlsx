--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d31f2fa63b4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7665b13869540f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dc920205414a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167163f576e846b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d740dfc93254de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dc920205414a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a858fc73454c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167163f576e846b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.618,692</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>