--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7665b13869540f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1f1dbec37e484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167163f576e846b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645f02c762bd4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a858fc73454c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167163f576e846b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88a02fbd63784848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645f02c762bd4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.768,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.770,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.762,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.768,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>