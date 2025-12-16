--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1baa979e631745dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dd4c535c3b4905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e3636b21c345ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb0f350b1b6482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d14775acae48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e3636b21c345ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7ebc07716a4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb0f350b1b6482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>140,533</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>143,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,573</x:t>
-[...4 lines deleted...]
-          <x:t>145,952</x:t>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>