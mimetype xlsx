--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dd4c535c3b4905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab12f7f37ee34300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb0f350b1b6482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24b2e780a4e4f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7ebc07716a4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb0f350b1b6482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0f682d66224695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24b2e780a4e4f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,854</x:t>
-[...63 lines deleted...]
-          <x:t>145,752</x:t>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>