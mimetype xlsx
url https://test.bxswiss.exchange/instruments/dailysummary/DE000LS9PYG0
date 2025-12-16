--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f26a589535f47ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c77b46c8ea64b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e5e5d8b41540ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6627b2ee2fc42e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8519e18a07844dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e5e5d8b41540ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c37114fa1424028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6627b2ee2fc42e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlagetrend Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>189,814</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>