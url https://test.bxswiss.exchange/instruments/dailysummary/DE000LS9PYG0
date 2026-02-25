--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c77b46c8ea64b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd819c36fc86c482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6627b2ee2fc42e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87ae19de3f2f4ca4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c37114fa1424028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6627b2ee2fc42e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c4cef76e224f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87ae19de3f2f4ca4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlagetrend Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>