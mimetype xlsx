--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a0cdc5559b340bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c4b3226c9447e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934d211faacf42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R540637d2465044d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87964d2b6a204f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934d211faacf42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b70364fe1347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R540637d2465044d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,132</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>