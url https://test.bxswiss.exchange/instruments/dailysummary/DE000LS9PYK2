--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c4b3226c9447e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c61a6d41b3f4520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R540637d2465044d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ea0a0cd00d41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b70364fe1347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R540637d2465044d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422ba89ae7ad49f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ea0a0cd00d41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>124,796</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...19 lines deleted...]
-          <x:t>125,341</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>