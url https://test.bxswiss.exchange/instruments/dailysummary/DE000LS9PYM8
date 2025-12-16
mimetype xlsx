--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2f2f48fb274c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c52d539e86b4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12efa5262ba54ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2884608ad75746b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daa10828fed4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12efa5262ba54ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd6325b4f69419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2884608ad75746b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,510</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>