--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c52d539e86b4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339b81446a8f4ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2884608ad75746b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9bb341fde04479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd6325b4f69419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2884608ad75746b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c8520a0cbe403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9bb341fde04479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>