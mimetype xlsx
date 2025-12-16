--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96204bda24834fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc664657680784f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5ad046c706477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6710237d2e4496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d086669a4d40bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5ad046c706477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c8cd1820f3485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6710237d2e4496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,224</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>