--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc664657680784f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20cc8be146a4192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6710237d2e4496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e51d55c52174ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c8cd1820f3485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6710237d2e4496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1032921e534427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e51d55c52174ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>