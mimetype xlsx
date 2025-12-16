--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccf6f574b1f54743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdeecf127824b43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d82ee6fd4246c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ebaff5d5f940ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefb2def872d45ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d82ee6fd4246c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89563b78b315449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ebaff5d5f940ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,558</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>190,636</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>