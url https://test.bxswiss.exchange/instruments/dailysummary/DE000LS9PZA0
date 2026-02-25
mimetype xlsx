--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdeecf127824b43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f0ffdacac646cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ebaff5d5f940ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b5fe4da5ed4443"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89563b78b315449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ebaff5d5f940ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf35c4cc16bb345ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b5fe4da5ed4443" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>