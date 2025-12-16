--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38a6aae68654941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c5a08a3cbc45fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a50179d9094f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4005b5f8d4645d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a52d8990b4746a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a50179d9094f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7f7d1262284a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4005b5f8d4645d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>153,587</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>159,490</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>