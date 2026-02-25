--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c5a08a3cbc45fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422b999bddb84c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4005b5f8d4645d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0553949afd024b9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7f7d1262284a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4005b5f8d4645d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf07bb76a62b4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0553949afd024b9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>154,935</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,743</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>159,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>