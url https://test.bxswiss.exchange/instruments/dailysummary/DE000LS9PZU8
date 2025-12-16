--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra741f7c365ed4ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b84e6242e824e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862a7ac05ab94cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef0c0300eaf4491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bc5047ad9e43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862a7ac05ab94cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a16574c70b4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef0c0300eaf4491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI High-Beta-Stocks nach Zanger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>193,900</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>