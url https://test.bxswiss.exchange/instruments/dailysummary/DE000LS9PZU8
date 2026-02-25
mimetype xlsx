--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b84e6242e824e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbc075e51c34fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef0c0300eaf4491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60359f9646a485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a16574c70b4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef0c0300eaf4491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree1119de2acc4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60359f9646a485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI High-Beta-Stocks nach Zanger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>