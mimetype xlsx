--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf0d43c8afa40ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbdcbf8593047ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86831b8cd8a4450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recae808574d4456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4db7e2ab19d47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86831b8cd8a4450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba2d7a67a784656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recae808574d4456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,943</x:t>
-[...144 lines deleted...]
-          <x:t>51,985</x:t>
+          <x:t>51,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>