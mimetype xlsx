--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbdcbf8593047ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5caf376a63b74e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recae808574d4456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red50725362e546c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba2d7a67a784656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recae808574d4456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d93617b7584014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red50725362e546c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>50,350</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,098</x:t>
-[...21 lines deleted...]
-          <x:t>51,028</x:t>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,616</x:t>
-[...291 lines deleted...]
-          <x:t>51,892</x:t>
+          <x:t>51,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>51,065</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>