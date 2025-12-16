--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009af31834df4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade4ee79b4cf4f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be2218bcafa4353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8588bd6f46604758"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5a6cf6838d4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be2218bcafa4353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfd8c6c33e6468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8588bd6f46604758" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>autonomous driving future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>294,500</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>