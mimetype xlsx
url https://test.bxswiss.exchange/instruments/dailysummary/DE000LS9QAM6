--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade4ee79b4cf4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67980f2b5da9422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8588bd6f46604758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614c9ce913bb44d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfd8c6c33e6468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8588bd6f46604758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd4531ef5f0145f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614c9ce913bb44d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>autonomous driving future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>