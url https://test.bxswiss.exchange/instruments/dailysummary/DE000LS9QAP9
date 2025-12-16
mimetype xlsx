--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086d8276d30c466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c120038dce04368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128c6686825e4fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1cabcd3589142a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2139ea6689f41c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128c6686825e4fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d14f7c5f2ca41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1cabcd3589142a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>22,397</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,382</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>22,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>22,275</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>22,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>