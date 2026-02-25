--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c120038dce04368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe3a42f33f154415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1cabcd3589142a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa1d85ac84647fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d14f7c5f2ca41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1cabcd3589142a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95827893e568456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa1d85ac84647fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>22,126</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,212</x:t>
-[...414 lines deleted...]
-          <x:t>22,275</x:t>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>