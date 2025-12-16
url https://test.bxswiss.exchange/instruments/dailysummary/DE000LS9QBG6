--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800ed5de3b0f43c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30edcdf921b1475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R888be5e1f64c4c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2601baf66f42a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb7a83260b54455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R888be5e1f64c4c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b00c5ad0ee34fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2601baf66f42a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Biotech Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>58,789</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>