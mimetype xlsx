--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30edcdf921b1475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b98c2ea411d4f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2601baf66f42a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R208f4db3c65f4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b00c5ad0ee34fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2601baf66f42a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re951f2f12a574130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R208f4db3c65f4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Biotech Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>59,248</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,178</x:t>
-[...350 lines deleted...]
-          <x:t>57,752</x:t>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>