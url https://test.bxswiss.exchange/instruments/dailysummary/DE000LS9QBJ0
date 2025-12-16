--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da2b6305eab4599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02a8675e144486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc700d4eee64fb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1877d1097974517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra835f5bf963a46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc700d4eee64fb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059e6ed0c21e4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1877d1097974517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>138,557</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>