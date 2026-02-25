--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02a8675e144486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd660accdc7c44b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1877d1097974517"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f40c6525f5c4366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059e6ed0c21e4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1877d1097974517" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re328ac9518494bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f40c6525f5c4366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>