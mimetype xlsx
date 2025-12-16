--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1883622c7c804c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R548b2f618c6c4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954576b2c51848bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5f5d1535bc4a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84a001f90d54bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954576b2c51848bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d83d9c477d4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5f5d1535bc4a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffsektor Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>36,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,605</x:t>
-[...188 lines deleted...]
-          <x:t>36,638</x:t>
+          <x:t>36,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>