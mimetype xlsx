--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R548b2f618c6c4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be22eac293041c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5f5d1535bc4a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71c202409d74d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d83d9c477d4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5f5d1535bc4a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3026d6e5bc8e4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71c202409d74d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffsektor Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>36,767</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,743</x:t>
-[...134 lines deleted...]
-          <x:t>36,616</x:t>
+          <x:t>36,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>