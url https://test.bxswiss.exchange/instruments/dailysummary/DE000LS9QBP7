--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea5f019b45e4fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424e65f7bc504cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30958025f1b74604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cdba20d093499c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1540abb0024d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30958025f1b74604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8767973d3843b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cdba20d093499c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,704</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>