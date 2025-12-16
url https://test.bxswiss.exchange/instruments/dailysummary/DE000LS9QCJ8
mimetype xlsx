--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2552181c9e4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81be8050bf4e4f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880fe97f2b9444f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf2063c2e454f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78e60c88d3943c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880fe97f2b9444f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056edca2506e4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf2063c2e454f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>136,506</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>137,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>