--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81be8050bf4e4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8460d390658e474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf2063c2e454f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a00c5f260b14338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056edca2506e4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf2063c2e454f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6508c93028a4efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a00c5f260b14338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,173</x:t>
-[...387 lines deleted...]
-          <x:t>139,903</x:t>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>