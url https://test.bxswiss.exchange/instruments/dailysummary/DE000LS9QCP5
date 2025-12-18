--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f3128d635024546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re833614a03304a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373a236cf9f74916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f88f1aa7994c6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d24ffd8e6e849b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373a236cf9f74916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd8a5b2c0674e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f88f1aa7994c6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>132,607</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,994</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>132,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>