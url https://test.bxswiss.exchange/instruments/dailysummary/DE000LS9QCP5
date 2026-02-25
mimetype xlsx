--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re833614a03304a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe622bfedc14333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f88f1aa7994c6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b52b921b59a4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd8a5b2c0674e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f88f1aa7994c6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6922b72b4d0d4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b52b921b59a4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,748</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>