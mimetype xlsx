--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98fbb179cec54d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a4d12e23e64a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e5452af4a804c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d68af2ea9640a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346d5433f4894f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e5452af4a804c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c28076171d44ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d68af2ea9640a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaetsinvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>144,479</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,362</x:t>
-[...242 lines deleted...]
-          <x:t>145,638</x:t>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>