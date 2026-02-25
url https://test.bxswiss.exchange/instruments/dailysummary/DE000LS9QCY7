--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a4d12e23e64a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76c9cf386184575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d68af2ea9640a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d69978a165941bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c28076171d44ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d68af2ea9640a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa05c5fe456a46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d69978a165941bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaetsinvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>146,186</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,961</x:t>
-[...328 lines deleted...]
-          <x:t>147,842</x:t>
+          <x:t>147,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>