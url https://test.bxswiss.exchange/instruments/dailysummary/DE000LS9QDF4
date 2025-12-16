--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72671be670fb43b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16435c0266be45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810c8b28e9104bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5906e682d0454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355922f8875049ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810c8b28e9104bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2566bf068d84c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5906e682d0454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>97,529</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,307</x:t>
-[...512 lines deleted...]
-          <x:t>107,297</x:t>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>