--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16435c0266be45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf82c534043a84f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5906e682d0454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3100d5e9fa94cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2566bf068d84c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5906e682d0454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3801c4041fab498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3100d5e9fa94cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>100,955</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,666</x:t>
-[...58 lines deleted...]
-          <x:t>101,863</x:t>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>