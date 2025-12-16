--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16583ba7cfab49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d70d359c0c448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84bca029d794744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f70528fad94350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d534c0491fb460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84bca029d794744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644b1e5798a74487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f70528fad94350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,261</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>