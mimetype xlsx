--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d70d359c0c448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd2302483e8412f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f70528fad94350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1458440940640dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644b1e5798a74487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f70528fad94350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac2cf38a645423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1458440940640dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,781</x:t>
-[...468 lines deleted...]
-          <x:t>148,525</x:t>
+          <x:t>147,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>