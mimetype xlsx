--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85832a82328947bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddd404c22ca486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc574acffb3e34184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495db0003bda4726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e643588685444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc574acffb3e34184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae77d76da8a147a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495db0003bda4726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,030</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>