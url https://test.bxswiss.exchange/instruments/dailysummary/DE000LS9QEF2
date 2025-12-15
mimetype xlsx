--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d147c27d394255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690ab74b3b2e4f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec2c8a70a3d46ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a7db0ef6ff4714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25adf6d2aa5c449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec2c8a70a3d46ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra338f917bd8f4510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a7db0ef6ff4714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologie Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>188,576</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>