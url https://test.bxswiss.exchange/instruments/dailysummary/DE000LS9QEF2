--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690ab74b3b2e4f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5432fa0bf0c4dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a7db0ef6ff4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761bdca45acb4ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra338f917bd8f4510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a7db0ef6ff4714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d56f9385284690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761bdca45acb4ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologie Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>193,372</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>