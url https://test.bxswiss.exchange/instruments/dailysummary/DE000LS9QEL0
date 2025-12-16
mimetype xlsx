--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc815b72686364128" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb229ca0582fb4917" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R253f0cde2d89442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e5993b035e4f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2b599afb4840e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R253f0cde2d89442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a0ceca54aac4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e5993b035e4f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>289,364</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>