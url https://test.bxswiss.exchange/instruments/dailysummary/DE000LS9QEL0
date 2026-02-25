--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb229ca0582fb4917" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb3ecdb20f344a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e5993b035e4f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222282dd007140fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a0ceca54aac4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e5993b035e4f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50c1c63a42d4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222282dd007140fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>299,279</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>299,833</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>