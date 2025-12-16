--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e474547fca04422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39428537cddc4918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb44fb05561040b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e00f31ab7c4051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8d70968f624a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb44fb05561040b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac6a138d5c44fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e00f31ab7c4051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>228,155</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>