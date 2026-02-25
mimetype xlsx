--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39428537cddc4918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc425e09938e24d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e00f31ab7c4051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb1ec18d22d43f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac6a138d5c44fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e00f31ab7c4051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ed7867549a4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb1ec18d22d43f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>