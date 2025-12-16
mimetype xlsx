--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95aac77a82c04198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426beb46565745f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f2b64fae444cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a93387f7f754a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7acafe1ab2481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f2b64fae444cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a0797acd6394e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a93387f7f754a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.459,520</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>