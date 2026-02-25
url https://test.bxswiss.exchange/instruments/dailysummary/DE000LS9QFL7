--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426beb46565745f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9747aa4bee254d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a93387f7f754a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eced766906f43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a0797acd6394e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a93387f7f754a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4caf09cfe59a4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eced766906f43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.452,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.458,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.451,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.457,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>