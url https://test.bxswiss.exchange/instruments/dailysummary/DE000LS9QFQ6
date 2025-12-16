--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc571f2bd3abc4c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9d5d1ec0114b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f339adc92dd414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebcefec7ab54dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254b0f3be12146bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f339adc92dd414f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76eebd223d24426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebcefec7ab54dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,897</x:t>
-[...252 lines deleted...]
-          <x:t>112,905</x:t>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>