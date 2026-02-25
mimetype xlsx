--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9d5d1ec0114b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3026dc077a042be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebcefec7ab54dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2c7efcfb1549a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76eebd223d24426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebcefec7ab54dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3160f2ede2674556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2c7efcfb1549a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>110,367</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,594</x:t>
-[...571 lines deleted...]
-          <x:t>111,056</x:t>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>