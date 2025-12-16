--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6eecd2663c4946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66adff8d42e74dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b217a64a4d4b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248c0de7de0e4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c6f69b88404a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b217a64a4d4b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ead0a9639184a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248c0de7de0e4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>176,538</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,778</x:t>
-[...431 lines deleted...]
-          <x:t>186,543</x:t>
+          <x:t>181,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>