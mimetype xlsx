--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66adff8d42e74dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221d917993df48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248c0de7de0e4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9acb934c374d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ead0a9639184a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248c0de7de0e4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf111afddf4f546ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9acb934c374d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>185,766</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,376</x:t>
-[...215 lines deleted...]
-          <x:t>182,130</x:t>
+          <x:t>185,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>