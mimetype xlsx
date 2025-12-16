--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e225a82de57426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca02f89aced4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428e24938c264376"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cfa47588a6143c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23287a53e0be42dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428e24938c264376" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe5a6547fa24144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cfa47588a6143c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,289</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>