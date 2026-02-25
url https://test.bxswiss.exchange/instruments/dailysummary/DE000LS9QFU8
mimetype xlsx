--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca02f89aced4b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0694e1c2a5a24402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cfa47588a6143c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91b6e4f89a8488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe5a6547fa24144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cfa47588a6143c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra77f0140b8e4422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91b6e4f89a8488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>