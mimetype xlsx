--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf026cc5fabee4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6ec1c44f9f48ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc68f5cbcba4244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a4d26f0c704e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5b2e7bbe984cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc68f5cbcba4244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a39c83fd9d24953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a4d26f0c704e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,215</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>