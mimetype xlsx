--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6ec1c44f9f48ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca032300b6944c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a4d26f0c704e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edee5ea4d5b4cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a39c83fd9d24953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a4d26f0c704e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f8b1305b014a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edee5ea4d5b4cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>105,539</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,407</x:t>
-[...566 lines deleted...]
-          <x:t>103,190</x:t>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>