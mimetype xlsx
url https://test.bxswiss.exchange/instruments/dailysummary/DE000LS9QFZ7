--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39764a38c5314e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70af7355a5e43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39bbf71f5baa48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130e9d7ba4444f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdd6dab67034b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39bbf71f5baa48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d3fcbcf9de420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130e9d7ba4444f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>200,865</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>