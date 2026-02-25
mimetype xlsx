--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70af7355a5e43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d146d4238247c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130e9d7ba4444f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2de44d52c33d4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d3fcbcf9de420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130e9d7ba4444f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6eb0ec69e46466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2de44d52c33d4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>