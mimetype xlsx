--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe743764c78d41f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310f763417b24e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9612d1ad16c4aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ff403ff1664757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f6137ffa91d4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9612d1ad16c4aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd1e6159fee942a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ff403ff1664757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perspektive Wasserstoff KI 1.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>339,728</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>