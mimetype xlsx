--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7452c1f37cc442e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4737062077214341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c009b0501a44e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a1b2bf4a7474eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d0eb53045f40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c009b0501a44e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed8b900312c40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a1b2bf4a7474eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>146,239</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>