--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4737062077214341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda20d3e39f74d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a1b2bf4a7474eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8745bcdf054b417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed8b900312c40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a1b2bf4a7474eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4e0f8e728043fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8745bcdf054b417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>