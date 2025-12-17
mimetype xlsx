--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabf7774984ed4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd32799cb914319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15f0c60a3d2943f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ccac175aff44f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618d0fa7352c4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15f0c60a3d2943f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf1a34caa3a4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ccac175aff44f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hydrogen2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,530</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>