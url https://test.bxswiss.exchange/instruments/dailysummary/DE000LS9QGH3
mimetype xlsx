--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd32799cb914319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646f188ae8b048b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ccac175aff44f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6ebe1dd809400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf1a34caa3a4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ccac175aff44f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c41836e86c45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6ebe1dd809400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hydrogen2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>65,650</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,183</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>58,999</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>